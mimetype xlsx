--- v0 (2025-11-21)
+++ v1 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3511" uniqueCount="1493">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3863" uniqueCount="1639">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1431,62 +1431,225 @@
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_lei_092-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe acerca da implantação de código QR em todas as placas de obras públicas municipais para leitura e fiscalização eletrônica."</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_093-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Suplementar por Excesso de Arrecadação no orçamento vigente e dá outras providências".</t>
   </si>
   <si>
+    <t>2213</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2213/projeto_de_lei_n094-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026"._x000D_
+(Emenda Modificativa, Aceita por 5x3)</t>
+  </si>
+  <si>
     <t>2184</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_095-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no Orçamento vigente e dá outras providências."</t>
   </si>
   <si>
+    <t>2210</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2210/projeto_de_lei_n096-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Suprime o parágrafo único e acrescenta §1° e §2° ao artigo 34 da Lei n° 1418/2006, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>2211</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_n097-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o Fórum Municipal de Educação-FME do município de Cidreira e dá outras providências".</t>
+  </si>
+  <si>
+    <t>2212</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2212/projeto_de_lei_n098-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a gestão democrática do ensino público no Município de Cidreira e dá outras providências".</t>
+  </si>
+  <si>
+    <t>2230</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_lei_n_099-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a redação do Caput do art.4° da Lei 3202/2024".</t>
+  </si>
+  <si>
+    <t>2214</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2214/projeto_de_lei_n100-2025.pdf</t>
+  </si>
+  <si>
+    <t>2243</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2243/projeto_de_lei_n101-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Prorroga a vigência da Lei Municipal n°2.154/2015, que institui o Plano Municipal de Educação-PME do Município de Cidreira, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2231</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2231/projeto_de_lei_n102-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Prorroga a vigência da Lei Municipal n°3251/2025, que instituiu o Programa de Recuperação de Créditos 2025, denominado "EM DIA COM CIDREIRA, CONSTRUINDO UM FUTURO DIFERENTE".</t>
+  </si>
+  <si>
+    <t>2237</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2237/projeto_de_lei_n103-2025.pdf</t>
+  </si>
+  <si>
+    <t>2229</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2229/projeto_de_lei_n104-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Institui no Município de Cidreira o mês Dezembro Verde".</t>
+  </si>
+  <si>
+    <t>2238</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei_n106-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera dispositivos da Lei n°3146/2024 que promoveu alterações na Lei 2430/2017, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2239</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_n107-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a utilização da infraestrutura de mobilidade urbana do município de Cidreira para exploração do serviço de compartilhamento de bicicletas  elétricas e equipamentos elétricos autopropelidos individuais (patinetes elétricos e outros), com ou sem estação física, por meio de plataforma tecnológica gerida por empresas credenciadas, em vias e logradouros públicos, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2240</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei_n108-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Estabelece o índice para Revisão Geral Anual da remuneração dos servidores do Poder Executivo e do poder Legislativo, extensiva aos proventos de inatividade e das pensões, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2242</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2242/mensagem_n077-2025_merged_2.pdf</t>
+  </si>
+  <si>
+    <t>"Estima a Receita e fixa a Despesa do município de Cidreira para o exercício financeiro de 2026."</t>
+  </si>
+  <si>
     <t>1759</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pedido_de_providencias_001-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza de Valo localizado no Parque IV, nas proximidades da Colônia dos Metalúrgicos</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pedido_de_providencias_002-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja feito o trabalho de capina e retirada do lixo nos fundos da colônia da policia rodoviária que fica na Av. Alfredo Pedro, ao lado da EMEI Tio Jorge Calderon.</t>
   </si>
   <si>
     <t>1764</t>
@@ -2289,228 +2452,186 @@
   <si>
     <t>Assunto: Que se faça o reparo com asfalto, na Avenida Central, trecho entre a União, até esquina João Neves.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/pedido_de_providencias_092-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita-se a realização de reparo com asfalto, bem como a limpeza completa da via na Rua Getúlio Vargas, no trecho compreendido entre a esquina com a Rua Julio Brunelli até a esquina com a Rua Lídia Silveira Saraiva.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/pedido_de_providencias_093-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Corte de grama e limpeza na rua Cauby Aracauna da Silveira, antiga rua 12 no bairro Chico Mendes.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>94</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/pedido_de_providencias_094-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Limpeza e manutenção da Avenida Calábria, a partir da rua Padre Jose Caruso até a Av. Mostardeiro.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/pedido_de_providencias_095-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Corte de grama e limpeza na Rua Padre José Caruso e tapar os buracos da via, antiga rua 13, no Bairro Chico Mendes.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>96</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/pedido_de_providencia_n096-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Conserto de boca de lobo na esquina da Rua Santos Vidart com a Avenida Central, no retorno da Avenida Central com a Rua Santos Vidart.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>97</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/pedido_de_providencia_n097-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Que seja patrolado e colocado saibro à Rua Margarida, do número 1872 entre a Papagaio e a Quero-Quero, Bairro Costa do Sol.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>98</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/pedido_de_providencias_098-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Limpeza e capina na rua Antônio Alves dos Santos trecho compreendido entre a rua Vinícios de Moraes até o final da rua, no bairro de Salinas neste município.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>99</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/pedido_de_providencias_n099-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita a reposição do asfalto na Rua Getúlio Vargas, no trecho compreendido entre a Rua João Neves e a Avenida Cidreira.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>100</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/pedido_de_providencias_n100-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita a reposição do asfalto na Rua João Neves, no trecho compreendido entre a Avenida Central e a Rua Osvaldo Aranha.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>101</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/pedido_de_providencias_n101-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Que seja patrolado e colocado saibro na Rua Idalino Ferreira Fraga, entre a avenida C e a Parque I no Bairro Ildo Meneghette.</t>
   </si>
   <si>
     <t>2075</t>
-  </si>
-[...1 lines deleted...]
-    <t>102</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/pedido_de_providencias_n102-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Que seja realizada a manutenção da Rua João Cristiano Scheffer Bairro Centro. _x000D_
 Entrada dos Ônibus da empresa Palmares.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>103</t>
-[...1 lines deleted...]
-  <si>
     <t>Assunto: Que seja patrolado e colocado saibro na rua 19 entre o beco que da rua 18 Bairro Antena.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>104</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/pedido_de_providencias_104-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Que seja colocado saibro na Rua Papoula com a Rua Cisne e a Av. dos Pardais e na Papoula sentido a Rua Canario, Bairro Costa do sol.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/pedido_de_providencias_105-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Que seja colocado saibro na Rua Orquídea entre a Cisne e a Canario, bairro Costa do Sol.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>106</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2093/pedido_de_providencia_106-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Cumprimento integral da Lei Municipal n° 2641/2019- adicional de insalubridade de 30%.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>107</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2094/pedido_de_providencia_107-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita reparos com asfalto na Rua João Neves, no trecho compreendido entre a esquina da Avenida Mostardeiro até a Avenida Nordeste.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>108</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2095/pedido_de_providencia_108-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita que seja realizado o conserto na ponta da Rua Calábria, na descida para a beira-mar.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>109</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2113/pedido_de_providencias_109-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicito a limpeza e capina na Rua Silveira Martins e no trecho do cruzamento com a Avenida O Podalírio Machado, onde ocorre a feira de hortifruti e produtos coloniais realizada todos os sábados.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2118/pedido_de_providencias_110-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita manutenção com reposição de asfalto na rua Benedito Lacerda, no trecho compreendido entre a RS-784 a Rua Waldir Azevedo.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2119/pedido_de_providencias_111-2025.pdf</t>
@@ -2747,50 +2868,158 @@
     <t>Assunto: Que seja Patrolado e colocado saibro do n°2733 até n°2991 na rua Alfredo Pedro da Silva, no bairro parque dos pinos.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2198/pedido_de_providencia_132-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicito que seja realizada uma limpeza geral na Orla Marítima, no trecho compreendido entre a esquina da Rua Maestro Medanha até a divisa com o município de Balneário Pinhal.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2199/pedido_de_providencia_133-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicito que seja realizada a limpeza completa da Rua Osvaldo Aranha, com retirada da areia acumulada, no trecho compreendido entre a esquina da Rua Giácomo Carniel até a Rua Podalírio Machado, em toda a sua extensão.</t>
+  </si>
+  <si>
+    <t>2203</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2203/pedido_de_providencia_134-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que retire entulhos de moveis velhos e caliça na Rs 786 na altura do km 3 bem na entrada de Cidreira.</t>
+  </si>
+  <si>
+    <t>2204</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2204/pedido_de_providencia_135-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que seja feito o conserto das passarelas do Parque 3F</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2208/pedido_de_providencias_136-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Limpeza, manutenção e corte de grama na praçinha do bairro Costa do Sol (esquina da Av. dos Pardais com a Av. Mostardeiro).</t>
+  </si>
+  <si>
+    <t>2209</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2209/pedido_de_providencias_137-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: solicita a realização de melhorias nas estradas da ERS-784 que dão acesso ao bairro Parque dos Pinos, no trecho que se estende até a Avenida Podalírio Machado.</t>
+  </si>
+  <si>
+    <t>2215</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2215/pedido_de_providencias_138-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Limpeza, corte de grama e manutenção na praçinha do bairro Nazaré, descida da imobiliária Farol em direção ao mar (esquina da Rua Silveira Martins com Av. Nazaré).</t>
+  </si>
+  <si>
+    <t>2216</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2216/pedido_de_providencias_139-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito a reposição do asfalto na Rua João Neves, no trecho entre a Avenida Central e a Avenida do Arroio.</t>
+  </si>
+  <si>
+    <t>2217</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2217/pedido_de_providencias_140-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que seja realizada a manutenção da passarela, bem como a limpeza e retirada de areia na Rua Cisne, no Bairro Costa do Sol.</t>
+  </si>
+  <si>
+    <t>2222</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2222/pedido_de_providencias_n141-2025_.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito a limpeza com capina na Rua 8, no trecho compreendido entre a Rua Santos Vidart até a Rua Senhor Teixeira.</t>
+  </si>
+  <si>
+    <t>2223</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2223/pedido_de_providencias_n142-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Que seja realizado a manutenção do acesso à rampa para cadeirantes à beira mar na rua Cisnei, Bairro Costa do Sol.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_001-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao chefe do Poder Executivo que se faça cumprir a "Regulamentação no município de Cidreira a Lei Federal n° 13.935, de 11 de dezembro de 2019 que dispõe sobre a prestação de serviços de psicologia e de serviço social nas redes publicas de educação básica"</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_002-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao chefe do Poder Executivo que se faça cumprir a Lei n° 2754/2020 "INSTITUI A CAMAPANHA DENUNCIE DESCARTE IRREGULAR DE RESIDUOS."</t>
   </si>
@@ -3948,147 +4177,120 @@
   <si>
     <t>Assunto: Indico ao crefe do Poder Executivo para que, seja feita a recuperação no manto da Iemanjá, e reparos nos azulejos do santuário localizado no terminal turistico.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_132-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicito a construção de calçadão com ciclovia, bancos e lixeiras na Avenida do Arroio, no trecho compreendido entre a Rua Primo Saraiva e a Praça João Fraga.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_133-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo para que, seja feito o levantamento da rua Nordeste, trecho compreendido da Rua Santos Vidart até a rua União, se possível com a continuação de pvs.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>134</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_134-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo que seja realizado o levantamento da Rua 19, no Bairro Antena, com a colocação de pedras de paralelepípedo.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>135</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_135-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo que seja realizado o levantamento da Rua 10, tendo como referência o n° 565, no Bairro Chico Mendes, com colocação de pedras de paralelepípedo.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>136</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_136-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao Chefe do Poder Executivo a instalação de uma cobertura na Escola Alfredo Pedro, visando proteger as crianças em dias de chuva. Atualmente, ao descerem do ônibus, os alunos ficam expostos até a abertura do portão da escola, o que causa desconforto e riscos à saúde.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>137</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_137-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo que seja construída bocas de lobo na Av. Mostardeiros entre as ruas Martins Pescador e a rua Papagaio.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>138</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_138-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do poder Executivo para que , seja feito o asfaltamento da rua 44 trecho compreendido da ERS 784 até a rua 1A no bairro Nazaré.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>139</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_139-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo que realize um estudo técnico e jurídico visando à viabilidade da criação de uma cooperativa de motoboys para o transporte de exames oriundos do atendimento no Posto Eva Dias de Mello até os laboratórios de análise do município de Cidreira, bem como outras providências que se fizerem necessárias para sua efetiva implementação.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>140</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_140-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicito o conserto do embocamento com pedra irregular e aterro na Rua Idalina Ferreira Fraga esquina com a Rua Lidia Silveira Saraiva.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>141</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_141-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo que seja enviado ao departamento responsável a instalação de sistema de redução de velocidade (Faixa de pedestre elevada), na ERS-786, KM 42, defronte a Escola Municipal de Ensino Fundamental Ildo Meneguetti, bairro Ildo Meneguetti, em Cidreira.</t>
   </si>
   <si>
     <t>2156</t>
-  </si>
-[...1 lines deleted...]
-    <t>142</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_142-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo para que seja feito o levantamento e colocação de PVS na Av. D, no bairro Zona A, em toda sua extensão.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_143-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicito o levantamento Topográfico com aterro e colocação de pedra regular, e meio-fio no trecho compreendido na Avenida Alfredo Pedro, entre a Rua Santos Vidart e Rua União.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>144</t>
   </si>
@@ -4187,81 +4389,292 @@
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_152-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo que sejam instalados dois quebra-molas (redutores de velocidade) na Avenida Fausto Borba Prates, no trecho:_x000D_
 -Sentido Raul Pilla/Rótula, nas proximidades do n°3804 até a esquina com a Rua União;_x000D_
 -Sentido Rótula/Raul Pilla, antes da Rua União.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_153-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Indico ao chefe do Poder Executivo para que seja feito a continuação ou extensão do calçadão conforme entender melhor, da Av. Fausto Borba Prates, trecho compreendido entre as avenidas Calábria até Itália.</t>
   </si>
   <si>
+    <t>2200</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2200/indicacao_154-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo, que encaminhe a CEEE EQUATORIAL  a TROCA do poste de energia municipal, localizada na Rua Silveira Martins frente n° 2507 Cidreira RS.</t>
+  </si>
+  <si>
+    <t>2201</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_155-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo para que seja feito a colocação de pedras Pvs na Av. Fausto Borba Prates, trecho compreendido entre as Avenidas Calábria até Itália.</t>
+  </si>
+  <si>
+    <t>2202</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_156-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo para que seja feito o levantamento da rua Carlota no bairro salinas, enfrente ao n°235.</t>
+  </si>
+  <si>
+    <t>2205</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_n157-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo que seja solicitado um chuveirinho na descida á beira-mar na rua Tangará no Bairro Costa do Sol.</t>
+  </si>
+  <si>
+    <t>2206</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_n158-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que seja colocada tubulação com tubos de concreto no Parque 3F, no trecho compreendido entre a RS-786 até a Beira-Mar.</t>
+  </si>
+  <si>
+    <t>2207</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_n159-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo, que se coloque um quebra mola na Avenida Cidreira e outro quebra mola na Rua João Neves, de frente a Praça Alcindo Ferrão Ferreira.</t>
+  </si>
+  <si>
+    <t>2218</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_160-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que seja realizado ensaibramento e patrolamento na estrada Beco da Luz, localizada no distrito da Fortaleza.</t>
+  </si>
+  <si>
+    <t>2219</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_161-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo, que seja reconstruído as seguintes guaritas._x000D_
+Guarita 189 descidas do terminal turístico e 190 descidas da av. D.</t>
+  </si>
+  <si>
+    <t>2221</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2221/251211222905.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que seja realizado levantamento topográfico, reposição de pedra, aterro e meio-fio na Rua 11, no trecho compreendido entre a Giácomo Carniel até Avenida R.</t>
+  </si>
+  <si>
+    <t>2224</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_n163-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo, que seja feita a Limpeza a Demarcação e o Patrolamento no Cantinho da Lagoa no Km 2 da RS 784.</t>
+  </si>
+  <si>
+    <t>2236</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_164-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicito que seja construído um abrigo para passageiros na esquina da Avenida Cidreira com a Avenida Fausto Borba Prates, próximo ao Posto da Brigada Militar.</t>
+  </si>
+  <si>
+    <t>2235</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_165-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo que seja reconstruído o acesso para cadeirantes à beira mar na rua Martins Pescador, Bairro Costa do Sol.</t>
+  </si>
+  <si>
+    <t>2234</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2234/indicacao_166-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao chefe do Poder Executivo que seja reconstruído a guarita 193, no bairro Costa do Sol.</t>
+  </si>
+  <si>
+    <t>2232</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_167-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indicar ao Poder Executivo Municipal que avalie a possibilidade de realizar o levantamento e nivelamento da Rua Margarida, no trecho compreendido entre as ruas Papagaio e Martim Pescador, no município de Cidreira.</t>
+  </si>
+  <si>
+    <t>2233</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2233/indicacao_168-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indicar ao Poder Executivo Municipal que avalie a possibilidade de realizar manutenção, recuperação e melhorias nas descidas de praia localizadas:_x000D_
+. Rua Garça-Bairro Costa do Sol_x000D_
+. Avenida dos Pardais-Bairro Costa do Sol_x000D_
+. Rua Canário-Bairro Costa do Sol_x000D_
+. Rua Papagaio-Bairro Costa do Sol_x000D_
+. Rua Tesourinha-Bairro Costa do Sol_x000D_
+. Rua Sabiá- Bairro Costa do sol</t>
+  </si>
+  <si>
+    <t>2227</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_n169-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Indico ao gerente que seja realizada com urgência a troca do poste de luz na rua Azaléia, n°271. Bairro Costa do Sol</t>
+  </si>
+  <si>
     <t>1854</t>
   </si>
   <si>
     <t>PLRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/projeto_de_resolucao_001-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: "Dispõe sobre a Concessão de Uniformes de Trabalho para os Servidores da Câmara de Vereadores"</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/projeto_de_resolucao_002-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: "Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Cidreira e dá outras providências."</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_de_resolucao_003-2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução n°008/2023 que dispõe sobre o Regimento Interno da Câmara de Vereadores de Cidreira."</t>
+  </si>
+  <si>
+    <t>2228</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2228/projeto_de_resolucao_n004-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Realização de Sessão Solene"._x000D_
+Art. 1°-É autorizado o Poder Legislativo Municipal a realizar no dia 06 de Janeiro de 2026, às 19:00h, na Câmara Municipal de vereadores de Cidreira, a Sessão Solene para Posse da mesa Diretora para a Legislatura do ano de 2026._x000D_
+Art. 2°-As despesas decorrentes desta resolução correrão a conta da dotação própria._x000D_
+Art 3°- Esta Resolução entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Ante Projeto de Lei</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/anteprojeto_de_lei_001-2025.pdf</t>
   </si>
   <si>
     <t>"Institui incentivo para a regulamentação de transações de compra e venda, de permuta e de dação em pagamento, por meio da redução da alíquota só importo de transmissão de bens imóveis (ITBI)</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/anteprojeto_de_lei_002-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a realização de inspeções regulares em bueiros , bocas de lobo e sistemas de drenagem pluvial no município.</t>
   </si>
@@ -4440,50 +4853,68 @@
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2120/mocao_006-2025.pdf</t>
   </si>
   <si>
     <t>"Necessidade de implantação da Patrulha Maria da Penha no município de Cidreira, com efetivo próprio e viatura exclusiva para atuação".</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2121/mocao_007-2025.pdf</t>
   </si>
   <si>
     <t>"À Enfermagem de Cidreira, implementação do piso nacional e do adicional de insalubridade".</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_de_apoio_008-2025.pdf</t>
   </si>
   <si>
     <t>"Apelo pela Central de Regulação do Serviço de atendimento Móvel de Urgência (Samu) no Litoral Norte Gaúcho."</t>
   </si>
   <si>
+    <t>2225</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2225/mocao_de_apoio_n09-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Ao Projeto de Lei Complementar n°67/2025, de autoria do Deputado Federal Heitor Schuch, que eleva o limite de receita bruta anual para enquadramento do Microempreendedor Individual (MEI) e estabelece mecanismo de reajuste automático."</t>
+  </si>
+  <si>
+    <t>2226</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2226/mocao_de_apoio_n010-2025.pdf</t>
+  </si>
+  <si>
+    <t>À instalação de faixa de segurança na ERS-784, próximo à Avenida Alfredo Pedro da Silva, no município de Cidreira.</t>
+  </si>
+  <si>
     <t>1949</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1949/veto_total_001.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA MÉDICO NA ESCOLA, NAS ESCOLAS MUNICIPAIS E NOS CENTROS DE EDUCAÇÃO INFANTIL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1950/veto_total_002.pdf</t>
   </si>
   <si>
     <t>"Veto total ao projeto de lei que: Institui o programa Patrulha Ambiental nas escolas do município de Cidreira e dá outras providências."</t>
   </si>
   <si>
     <t>1985</t>
@@ -4513,78 +4944,96 @@
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_complementar_001-2025.pdf</t>
   </si>
   <si>
     <t>"Transforma o parágrafo único em §1° e acrescenta §2° ao artigo 230 da lC n°021/2011, e dá outras providências".</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_emenda_a_lei_organica_n001-2025.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art.25 da lei orgânica do município de Cidreira e dá outras providências".</t>
   </si>
   <si>
+    <t>2241</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_emenda_a_lei_organica_002-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a redação do §1° do art. 64 da Lei n°1888/2021-Lei Orgânica Municipal de Cidreira-RS."</t>
+  </si>
+  <si>
     <t>1996</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Veto Parcial</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1996/veto_parcial_001-2025.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei que institui o Programa de Recuperação de créditos 2025, denominado "EM DIA COM CIDREIRA, CONSTRUINDO UM FUTURO DIFERENTE".</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_repudio_001-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Repudio a Empresa CEEE Grupo Equatorial Energia em razão das constantes carências no fornecimento de energia elétrica.</t>
+  </si>
+  <si>
+    <t>2220</t>
+  </si>
+  <si>
+    <t>https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2220/251211221602.pdf</t>
+  </si>
+  <si>
+    <t>"Repúdio à precariedade dos serviços prestados pela agência dos correios de Cidreira/RS, em razão da falta de rede e de pessoal, que vem prejudicando a população local."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4888,56 +5337,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/pedido_de_informacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/pedido_de_informacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/pedido_de_informacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1862/pedido_de_informacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1866/pedido_de_informacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1898/pedido_de_informacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1922/pedido_de_informacao_008-2025_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2022/pedido_de_informacao_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2023/pedido_de_informacao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2041/pedido_de_informacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2081/pedido_de_informacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2082/pedido_de_informacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2103/pedido_de_informacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2091/pedido_de_informacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2090/pedido_de_informacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2111/pedido_de_informacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2112/pedido_de_informacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2139/pedido_de_informacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2138/pedido_de_informacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2144/pedido_de_informacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2159/pedido_de_informacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2160/pedido_de_informacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2187/pedido_de_informacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2188/pedido_de_informacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2189/pedido_de_informacao_n027-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/pl_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1766/projeto_de_lei_005-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/projeto_de_lei_006-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/projeto_de_lei_008-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/projeto_de_lei_009-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/projeto_de_lei_010-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/projeto_de_lei_011-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1844/projeto_de_lei_013-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1872/projeto_de_lei_014-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1884/projeto_de_lei_016-2025_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1874/projeto_de_lei_017-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1877/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1878/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_de_lei_022-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_023-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1883/projeto_de_lei_026-2025_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_lei_027-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_lei028-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1903/projeto_de_lei_030-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_031-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_032-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_033-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1915/projeto_de_lei_034-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1916/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1927/projeto_de_lei_036-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_037-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_de_lei_038-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1932/projeto_de_lei_039-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_040-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1947/projeto_de_lei_041-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1948/projeto_de_lei_042-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1969/projeto_de_lei_043-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1970/projeto_de_lei_044-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1995/projeto_de_lei_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1983/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1984/projeto_de_lei_047-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_050-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_051-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_052-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2037/projeto_de_lei_053-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2028/projeto_de_lei_054-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_055-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2027/projeto_de_lei_056-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2026/projeto_de_lei_057-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2025/projeto_de_lei_058-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2038/projeto_de_lei_059-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2036/projeto_de_lei_060-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2058/projeto_de_lei_061-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_062-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_063-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_lei_064-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_065-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2122/projeto_de_lei_066-2025_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2165/proj_de_lei_067-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2078/projeto_de_lei_068-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2070/projeto_de_lei_069-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_070-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2077/projeto_de_lei_071-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2086/projeto_de_lei_072-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_073-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2087/projeto_de_lei_074-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2088/projeto_de_lei_075-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2172/projeto_de_lei_076-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2104/projeto_de_lei_077-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_078-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2115/projeto_de_lei_079-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_080-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_081-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_082-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_083-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_084-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2135/projeto_de_lei_085-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_de_lei_086-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2151/projeto_de_lei_087-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2152/projeto_de_lei_088-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2153/projeto_de_lei_089-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2158/projeto_de_lei_090-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2174/projeto_de_lei_091-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_lei_092-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_093-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_095-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pedido_de_providencias_001-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pedido_de_providencias_002-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/pedido_de_providencias_003-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/pedido_de_providencias_004-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/pedido_de_providencias_005-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pedido_de_providencias_006-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/pedido_de_providencias_007-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/pedido_de_providencias_008-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1772/pedido_de_providencias_009-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/pedido_de_providencias_010-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/pedido_de_providencias_011-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/pedido_de_providencias_012-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/pedido_de_providencias_013-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/pedido_de_providencias_014-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/pedido_de_providencias_015-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/pedido_de_providencias_016-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/pedido_de_providencia_017-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/pedido_de_providencia_018-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pedido_de_providencia_019-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/pedido_de_providencias_020-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/pedido_de_providencias_021-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/pedido_de_providencias_022-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/pedido_de_providencias_023-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pedido_de_providencias_024-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/pedido_de_providencias_025-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1833/pedido_de_providencias_026-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1834/pedido_de_providencias_027-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1846/pedido_de_providencia_028-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1847/pedido_de_providencia_029-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1860/pedido_de_providencia_030-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1861/pedido_de_providencia_031-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1863/pedido_de_providencias_032-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1864/pedido_de_providencias_033-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1865/pedido_de_providencias_034-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1888/pedido_de_providencia_035-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1889/pedido_de_providencia_036-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1890/pedido_de_providencia_037-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1891/pedido_de_providencia_038-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1896/pedido_de_providencia_039-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1897/pedido_de_providencia_040-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1917/pedido_de_proviencia_041-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1918/pedido_de_providencia_042-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1919/pedido_de_proviencia_043-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1920/pedido_de_proviencia_044-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1921/pedido_de_proviencia_045-2025_.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1923/pedido_de_providencia_046-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1924/pedido_de_providencia_047-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1925/pedido_de_providencia_048-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1939/pedido_de_providencias_050-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1940/pedido_de_providencias_051-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1941/pedido_de_providencias_052-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1942/pedido_de_providencia_053-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1954/pedido_de_providencia_054-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1955/pedido_de_providencia_055-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1956/pedido_de_providencia_056-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1957/pedido_de_providencias_57-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1958/pedido_de_providencias_58-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1959/pedido_de_providencias_59-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1960/pedido_de_providencias_60-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1961/pedido_de_providencias_61-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1977/pedido_de_providencia_n062-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1978/pedido_de_providencia_n063-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1979/pedido_de_providencia_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1980/pedido_de_providencia_n065-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1981/pedido_de_providencia_n066-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1982/pedido_de_providencia_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1986/pedido_de_providencia_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1987/pedido_de_providencia_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1988/pedido_de_providencia_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1989/pedido_de_providencia_n071-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2005/pedido_de_providencias_072-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2006/pedido_de_providencias_073-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2007/pedido_de_providencias_074-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2008/pedido_de_providencias_075-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2009/pedido_de_providencias_076-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2018/pedido_de_providencias_n77-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2019/pedido_de_providencias_n78-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2020/pedido_de_providencias_n79-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2021/pedido_de_providencias_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2035/pedido_de_providencias_081-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2034/pedido_de_providencias_082-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2033/pedido_de_providencias_083-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2032/pedido_de_providencias_084-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2031/pedido_de_providencias_085-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2030/pedido_de_providencias_086-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2042/pedido_de_providencia_087-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2043/pedido_de_providencia_088-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2044/pedido_de_providencia_089-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2045/pedido_de_providencia_090-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2047/pedido_de_providencias_091-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/pedido_de_providencias_092-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/pedido_de_providencias_093-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/pedido_de_providencias_094-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/pedido_de_providencias_095-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/pedido_de_providencia_n096-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/pedido_de_providencia_n097-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/pedido_de_providencias_098-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/pedido_de_providencias_n099-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/pedido_de_providencias_n100-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/pedido_de_providencias_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/pedido_de_providencias_n102-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/pedido_de_providencias_104-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/pedido_de_providencias_105-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2093/pedido_de_providencia_106-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2094/pedido_de_providencia_107-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2095/pedido_de_providencia_108-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2113/pedido_de_providencias_109-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2118/pedido_de_providencias_110-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2119/pedido_de_providencias_111-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2127/pedido_de_providencias_112-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2128/pedido_de_providencias_113-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2129/pedido_de_providencias_114-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2130/pedido_de_providencias_115-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2131/pedido_de_providencias_116-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2137/pedido_de_providencia_117-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2143/pedido_de_providencias_119-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2166/pedido_de_providencias_120-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2167/pedido_de_providencias_121-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2168/pedido_de_providencias_122-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2169/pedido_de_providencias_123-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2178/pedido_de_providencias_124-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2179/pedido_de_providencias_125-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2182/pedido_de_providencia_126-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2181/pedido_de_providencia_127-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2183/pedido_de_providencia_128-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2190/pedido_de_providencia_n129-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2191/pedido_de_providencia_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2192/pedido_de_providencias_n131-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2198/pedido_de_providencia_132-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2199/pedido_de_providencia_133-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_032-2025_.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1838/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_055-2025_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_n085-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_n086-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_n087-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_n088-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_094-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_095-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_096-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_097-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_098-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_n099-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_n100-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_n102-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_n103-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_112-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_115-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_116-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_117-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_118-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_119-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2096/indicacao_120-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_121-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_122-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_123-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2106/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_125-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_127-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_128-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_129-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_130-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_131-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_136-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_138-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_143-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_146-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_n149-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_n150-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_n151-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_152-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/projeto_de_resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/anteprojeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/anteprojeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/anteprojeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1943/anteprojeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1976/anteprojeto_de_lei005-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2004/ante_projeto_de_lei_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2069/ante_projeto_de_lei_007-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2085/ante_projeto_de_lei_008-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2101/anteprojeto_de_lei_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2142/ante_projeto_de_lei_010-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2177/ante_projeto_de_lei_011-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2195/anteprojeto_de_lei_n012-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1853/mocao_de_apoio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1895/mocao_de_apoio_002-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1962/mocao_de_apoio_004-2025_2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2102/mocao_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2120/mocao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2121/mocao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_de_apoio_008-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1949/veto_total_001.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1950/veto_total_002.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1985/veto_total_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2173/veto_total_004-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_emenda_a_lei_organica_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1996/veto_parcial_001-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_repudio_001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/pedido_de_informacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/pedido_de_informacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/pedido_de_informacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1862/pedido_de_informacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1866/pedido_de_informacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1898/pedido_de_informacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1922/pedido_de_informacao_008-2025_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2022/pedido_de_informacao_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2023/pedido_de_informacao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2041/pedido_de_informacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2081/pedido_de_informacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2082/pedido_de_informacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2103/pedido_de_informacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2091/pedido_de_informacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2090/pedido_de_informacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2111/pedido_de_informacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2112/pedido_de_informacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2139/pedido_de_informacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2138/pedido_de_informacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2144/pedido_de_informacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2159/pedido_de_informacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2160/pedido_de_informacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2187/pedido_de_informacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2188/pedido_de_informacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2189/pedido_de_informacao_n027-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/pl_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1766/projeto_de_lei_005-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/projeto_de_lei_006-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/projeto_de_lei_008-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/projeto_de_lei_009-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/projeto_de_lei_010-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/projeto_de_lei_011-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1844/projeto_de_lei_013-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1872/projeto_de_lei_014-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1884/projeto_de_lei_016-2025_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1874/projeto_de_lei_017-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1877/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1878/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_de_lei_022-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_023-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1883/projeto_de_lei_026-2025_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_lei_027-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_lei028-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1903/projeto_de_lei_030-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_031-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_032-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_033-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1915/projeto_de_lei_034-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1916/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1927/projeto_de_lei_036-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_037-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_de_lei_038-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1932/projeto_de_lei_039-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_040-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1947/projeto_de_lei_041-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1948/projeto_de_lei_042-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1969/projeto_de_lei_043-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1970/projeto_de_lei_044-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1995/projeto_de_lei_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1983/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1984/projeto_de_lei_047-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_050-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_051-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_052-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2037/projeto_de_lei_053-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2028/projeto_de_lei_054-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_055-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2027/projeto_de_lei_056-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2026/projeto_de_lei_057-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2025/projeto_de_lei_058-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2038/projeto_de_lei_059-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2036/projeto_de_lei_060-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2058/projeto_de_lei_061-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_062-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_063-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_lei_064-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_065-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2122/projeto_de_lei_066-2025_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2165/proj_de_lei_067-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2078/projeto_de_lei_068-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2070/projeto_de_lei_069-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_070-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2077/projeto_de_lei_071-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2086/projeto_de_lei_072-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_073-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2087/projeto_de_lei_074-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2088/projeto_de_lei_075-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2172/projeto_de_lei_076-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2104/projeto_de_lei_077-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_078-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2115/projeto_de_lei_079-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_080-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_081-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_082-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_083-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_084-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2135/projeto_de_lei_085-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_de_lei_086-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2151/projeto_de_lei_087-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2152/projeto_de_lei_088-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2153/projeto_de_lei_089-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2158/projeto_de_lei_090-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2174/projeto_de_lei_091-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_lei_092-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_093-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2213/projeto_de_lei_n094-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_095-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2210/projeto_de_lei_n096-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_n097-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2212/projeto_de_lei_n098-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_lei_n_099-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2214/projeto_de_lei_n100-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2243/projeto_de_lei_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2231/projeto_de_lei_n102-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2237/projeto_de_lei_n103-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2229/projeto_de_lei_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei_n106-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_n107-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2242/mensagem_n077-2025_merged_2.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pedido_de_providencias_001-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pedido_de_providencias_002-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/pedido_de_providencias_003-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/pedido_de_providencias_004-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/pedido_de_providencias_005-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pedido_de_providencias_006-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/pedido_de_providencias_007-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/pedido_de_providencias_008-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1772/pedido_de_providencias_009-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/pedido_de_providencias_010-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/pedido_de_providencias_011-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/pedido_de_providencias_012-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/pedido_de_providencias_013-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/pedido_de_providencias_014-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/pedido_de_providencias_015-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/pedido_de_providencias_016-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/pedido_de_providencia_017-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/pedido_de_providencia_018-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pedido_de_providencia_019-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/pedido_de_providencias_020-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/pedido_de_providencias_021-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/pedido_de_providencias_022-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/pedido_de_providencias_023-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pedido_de_providencias_024-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/pedido_de_providencias_025-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1833/pedido_de_providencias_026-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1834/pedido_de_providencias_027-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1846/pedido_de_providencia_028-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1847/pedido_de_providencia_029-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1860/pedido_de_providencia_030-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1861/pedido_de_providencia_031-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1863/pedido_de_providencias_032-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1864/pedido_de_providencias_033-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1865/pedido_de_providencias_034-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1888/pedido_de_providencia_035-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1889/pedido_de_providencia_036-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1890/pedido_de_providencia_037-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1891/pedido_de_providencia_038-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1896/pedido_de_providencia_039-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1897/pedido_de_providencia_040-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1917/pedido_de_proviencia_041-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1918/pedido_de_providencia_042-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1919/pedido_de_proviencia_043-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1920/pedido_de_proviencia_044-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1921/pedido_de_proviencia_045-2025_.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1923/pedido_de_providencia_046-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1924/pedido_de_providencia_047-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1925/pedido_de_providencia_048-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1939/pedido_de_providencias_050-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1940/pedido_de_providencias_051-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1941/pedido_de_providencias_052-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1942/pedido_de_providencia_053-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1954/pedido_de_providencia_054-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1955/pedido_de_providencia_055-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1956/pedido_de_providencia_056-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1957/pedido_de_providencias_57-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1958/pedido_de_providencias_58-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1959/pedido_de_providencias_59-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1960/pedido_de_providencias_60-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1961/pedido_de_providencias_61-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1977/pedido_de_providencia_n062-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1978/pedido_de_providencia_n063-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1979/pedido_de_providencia_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1980/pedido_de_providencia_n065-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1981/pedido_de_providencia_n066-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1982/pedido_de_providencia_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1986/pedido_de_providencia_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1987/pedido_de_providencia_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1988/pedido_de_providencia_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1989/pedido_de_providencia_n071-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2005/pedido_de_providencias_072-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2006/pedido_de_providencias_073-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2007/pedido_de_providencias_074-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2008/pedido_de_providencias_075-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2009/pedido_de_providencias_076-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2018/pedido_de_providencias_n77-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2019/pedido_de_providencias_n78-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2020/pedido_de_providencias_n79-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2021/pedido_de_providencias_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2035/pedido_de_providencias_081-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2034/pedido_de_providencias_082-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2033/pedido_de_providencias_083-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2032/pedido_de_providencias_084-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2031/pedido_de_providencias_085-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2030/pedido_de_providencias_086-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2042/pedido_de_providencia_087-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2043/pedido_de_providencia_088-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2044/pedido_de_providencia_089-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2045/pedido_de_providencia_090-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2047/pedido_de_providencias_091-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/pedido_de_providencias_092-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/pedido_de_providencias_093-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/pedido_de_providencias_094-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/pedido_de_providencias_095-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/pedido_de_providencia_n096-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/pedido_de_providencia_n097-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/pedido_de_providencias_098-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/pedido_de_providencias_n099-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/pedido_de_providencias_n100-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/pedido_de_providencias_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/pedido_de_providencias_n102-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/pedido_de_providencias_104-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/pedido_de_providencias_105-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2093/pedido_de_providencia_106-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2094/pedido_de_providencia_107-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2095/pedido_de_providencia_108-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2113/pedido_de_providencias_109-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2118/pedido_de_providencias_110-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2119/pedido_de_providencias_111-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2127/pedido_de_providencias_112-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2128/pedido_de_providencias_113-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2129/pedido_de_providencias_114-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2130/pedido_de_providencias_115-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2131/pedido_de_providencias_116-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2137/pedido_de_providencia_117-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2143/pedido_de_providencias_119-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2166/pedido_de_providencias_120-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2167/pedido_de_providencias_121-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2168/pedido_de_providencias_122-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2169/pedido_de_providencias_123-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2178/pedido_de_providencias_124-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2179/pedido_de_providencias_125-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2182/pedido_de_providencia_126-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2181/pedido_de_providencia_127-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2183/pedido_de_providencia_128-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2190/pedido_de_providencia_n129-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2191/pedido_de_providencia_n130-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2192/pedido_de_providencias_n131-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2198/pedido_de_providencia_132-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2199/pedido_de_providencia_133-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2203/pedido_de_providencia_134-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2204/pedido_de_providencia_135-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2208/pedido_de_providencias_136-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2209/pedido_de_providencias_137-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2215/pedido_de_providencias_138-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2216/pedido_de_providencias_139-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2217/pedido_de_providencias_140-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2222/pedido_de_providencias_n141-2025_.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2223/pedido_de_providencias_n142-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_032-2025_.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1838/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_055-2025_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_n085-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_n086-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_n087-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_n088-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_094-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_095-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_096-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_097-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_098-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_n099-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_n100-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_n101-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_n102-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_n103-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_n104-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_112-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_115-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_116-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_117-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_118-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_119-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2096/indicacao_120-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_121-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_122-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_123-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2106/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_125-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_127-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_128-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_129-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_130-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_131-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2140/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2141/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2145/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2146/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2147/indicacao_136-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2148/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_138-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_143-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_146-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_n149-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_n150-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_n151-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_152-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2200/indicacao_154-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_155-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_156-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_n157-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_n158-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_n159-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_160-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_161-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2221/251211222905.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_n163-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_164-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_165-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2234/indicacao_166-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_167-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2233/indicacao_168-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_n169-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/projeto_de_resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2228/projeto_de_resolucao_n004-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/anteprojeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/anteprojeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/anteprojeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1943/anteprojeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1976/anteprojeto_de_lei005-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2004/ante_projeto_de_lei_n006-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2069/ante_projeto_de_lei_007-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2085/ante_projeto_de_lei_008-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2101/anteprojeto_de_lei_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2142/ante_projeto_de_lei_010-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2177/ante_projeto_de_lei_011-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2195/anteprojeto_de_lei_n012-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1853/mocao_de_apoio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1895/mocao_de_apoio_002-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1962/mocao_de_apoio_004-2025_2.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2102/mocao_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2120/mocao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2121/mocao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_de_apoio_008-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2225/mocao_de_apoio_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2226/mocao_de_apoio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1949/veto_total_001.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1950/veto_total_002.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1985/veto_total_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2173/veto_total_004-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_emenda_a_lei_organica_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_emenda_a_lei_organica_002-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1996/veto_parcial_001-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_repudio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cidreira.rs.leg.br/media/sapl/public/materialegislativa/2025/2220/251211221602.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H439"/>
+  <dimension ref="A1:H483"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -8062,8305 +8511,9449 @@
       </c>
       <c r="D121" t="s">
         <v>123</v>
       </c>
       <c r="E121" t="s">
         <v>124</v>
       </c>
       <c r="F121" t="s">
         <v>125</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>464</v>
       </c>
       <c r="H121" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>466</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>467</v>
       </c>
       <c r="D122" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E122" t="s">
+        <v>124</v>
+      </c>
+      <c r="F122" t="s">
+        <v>125</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>470</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
         <v>471</v>
       </c>
-      <c r="B123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E123" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F123" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H123" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>474</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>22</v>
+        <v>475</v>
       </c>
       <c r="D124" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E124" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F124" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H124" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>26</v>
+        <v>479</v>
       </c>
       <c r="D125" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E125" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F125" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H125" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>30</v>
+        <v>483</v>
       </c>
       <c r="D126" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E126" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F126" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="H126" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>34</v>
+        <v>487</v>
       </c>
       <c r="D127" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E127" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F127" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="H127" t="s">
-        <v>485</v>
+        <v>412</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>38</v>
+        <v>490</v>
       </c>
       <c r="D128" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E128" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F128" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="H128" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>42</v>
+        <v>494</v>
       </c>
       <c r="D129" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E129" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F129" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="H129" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>47</v>
+        <v>498</v>
       </c>
       <c r="D130" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E130" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F130" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="H130" t="s">
-        <v>494</v>
+        <v>344</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>51</v>
+        <v>501</v>
       </c>
       <c r="D131" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E131" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F131" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="H131" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>158</v>
+        <v>505</v>
       </c>
       <c r="D132" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E132" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F132" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="H132" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>55</v>
+        <v>509</v>
       </c>
       <c r="D133" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E133" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F133" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="H133" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>60</v>
+        <v>513</v>
       </c>
       <c r="D134" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E134" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F134" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="H134" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>65</v>
+        <v>517</v>
       </c>
       <c r="D135" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="E135" t="s">
-        <v>468</v>
+        <v>124</v>
       </c>
       <c r="F135" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="H135" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="D136" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E136" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="H136" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E137" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="H137" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="D138" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E138" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F138" t="s">
         <v>115</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="H138" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="D139" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E139" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F139" t="s">
         <v>115</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="H139" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>534</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>30</v>
+      </c>
+      <c r="D140" t="s">
+        <v>521</v>
+      </c>
+      <c r="E140" t="s">
         <v>522</v>
       </c>
-      <c r="B140" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F140" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="H140" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="D141" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E141" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F141" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="H141" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="D142" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E142" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F142" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>530</v>
+        <v>541</v>
       </c>
       <c r="H142" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>532</v>
+        <v>543</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="D143" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E143" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F143" t="s">
-        <v>56</v>
+        <v>115</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="H143" t="s">
-        <v>534</v>
+        <v>545</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>535</v>
+        <v>546</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="D144" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E144" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F144" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="H144" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="D145" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E145" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F145" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
       <c r="H145" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>110</v>
+        <v>158</v>
       </c>
       <c r="D146" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E146" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F146" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="H146" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>544</v>
+        <v>555</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>114</v>
+        <v>55</v>
       </c>
       <c r="D147" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E147" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F147" t="s">
         <v>66</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>545</v>
+        <v>556</v>
       </c>
       <c r="H147" t="s">
-        <v>546</v>
+        <v>557</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>547</v>
+        <v>558</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="D148" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E148" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F148" t="s">
         <v>115</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="H148" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>207</v>
+        <v>65</v>
       </c>
       <c r="D149" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E149" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F149" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="H149" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>211</v>
+        <v>70</v>
       </c>
       <c r="D150" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E150" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F150" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="H150" t="s">
-        <v>555</v>
+        <v>566</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="D151" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E151" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F151" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>557</v>
+        <v>568</v>
       </c>
       <c r="H151" t="s">
-        <v>558</v>
+        <v>569</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>559</v>
+        <v>570</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>219</v>
+        <v>78</v>
       </c>
       <c r="D152" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E152" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F152" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="H152" t="s">
-        <v>561</v>
+        <v>572</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>223</v>
+        <v>82</v>
       </c>
       <c r="D153" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E153" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F153" t="s">
         <v>115</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>563</v>
+        <v>574</v>
       </c>
       <c r="H153" t="s">
-        <v>564</v>
+        <v>575</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>227</v>
+        <v>86</v>
       </c>
       <c r="D154" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E154" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F154" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="H154" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>231</v>
+        <v>90</v>
       </c>
       <c r="D155" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E155" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F155" t="s">
         <v>66</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="H155" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>235</v>
+        <v>94</v>
       </c>
       <c r="D156" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E156" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F156" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="H156" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>239</v>
+        <v>98</v>
       </c>
       <c r="D157" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E157" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F157" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="H157" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>589</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>102</v>
+      </c>
+      <c r="D158" t="s">
+        <v>521</v>
+      </c>
+      <c r="E158" t="s">
+        <v>522</v>
+      </c>
+      <c r="F158" t="s">
         <v>577</v>
       </c>
-      <c r="B158" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G158" s="1" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="H158" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>247</v>
+        <v>106</v>
       </c>
       <c r="D159" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E159" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F159" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="H159" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>251</v>
+        <v>110</v>
       </c>
       <c r="D160" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E160" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F160" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="H160" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>255</v>
+        <v>114</v>
       </c>
       <c r="D161" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E161" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F161" t="s">
         <v>66</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="H161" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>259</v>
+        <v>119</v>
       </c>
       <c r="D162" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E162" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F162" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="H162" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>263</v>
+        <v>207</v>
       </c>
       <c r="D163" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E163" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F163" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="H163" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>267</v>
+        <v>211</v>
       </c>
       <c r="D164" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E164" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F164" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="H164" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>271</v>
+        <v>215</v>
       </c>
       <c r="D165" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E165" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F165" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="H165" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>275</v>
+        <v>219</v>
       </c>
       <c r="D166" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E166" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F166" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="H166" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>279</v>
+        <v>223</v>
       </c>
       <c r="D167" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E167" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="H167" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>283</v>
+        <v>227</v>
       </c>
       <c r="D168" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E168" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F168" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="H168" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>287</v>
+        <v>231</v>
       </c>
       <c r="D169" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E169" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F169" t="s">
         <v>66</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H169" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>291</v>
+        <v>235</v>
       </c>
       <c r="D170" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E170" t="s">
-        <v>468</v>
+        <v>522</v>
+      </c>
+      <c r="F170" t="s">
+        <v>43</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>27</v>
+        <v>626</v>
       </c>
       <c r="H170" t="s">
-        <v>614</v>
+        <v>627</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>615</v>
+        <v>628</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>295</v>
+        <v>239</v>
       </c>
       <c r="D171" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E171" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F171" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>616</v>
+        <v>629</v>
       </c>
       <c r="H171" t="s">
-        <v>617</v>
+        <v>630</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>299</v>
+        <v>243</v>
       </c>
       <c r="D172" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E172" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F172" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>619</v>
+        <v>632</v>
       </c>
       <c r="H172" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>303</v>
+        <v>247</v>
       </c>
       <c r="D173" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E173" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F173" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>622</v>
+        <v>635</v>
       </c>
       <c r="H173" t="s">
-        <v>623</v>
+        <v>636</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>624</v>
+        <v>637</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>307</v>
+        <v>251</v>
       </c>
       <c r="D174" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E174" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F174" t="s">
         <v>66</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>625</v>
+        <v>638</v>
       </c>
       <c r="H174" t="s">
-        <v>626</v>
+        <v>639</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>627</v>
+        <v>640</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>311</v>
+        <v>255</v>
       </c>
       <c r="D175" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E175" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F175" t="s">
-        <v>150</v>
+        <v>66</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>628</v>
+        <v>641</v>
       </c>
       <c r="H175" t="s">
-        <v>629</v>
+        <v>642</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>630</v>
+        <v>643</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>315</v>
+        <v>259</v>
       </c>
       <c r="D176" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E176" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F176" t="s">
-        <v>150</v>
+        <v>577</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>631</v>
+        <v>644</v>
       </c>
       <c r="H176" t="s">
-        <v>632</v>
+        <v>645</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>319</v>
+        <v>263</v>
       </c>
       <c r="D177" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E177" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F177" t="s">
-        <v>150</v>
+        <v>66</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="H177" t="s">
-        <v>635</v>
+        <v>648</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>323</v>
+        <v>267</v>
       </c>
       <c r="D178" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E178" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F178" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="H178" t="s">
-        <v>638</v>
+        <v>651</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>639</v>
+        <v>652</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>326</v>
+        <v>271</v>
       </c>
       <c r="D179" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E179" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F179" t="s">
         <v>66</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>640</v>
+        <v>653</v>
       </c>
       <c r="H179" t="s">
-        <v>641</v>
+        <v>654</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>642</v>
+        <v>655</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>330</v>
+        <v>275</v>
       </c>
       <c r="D180" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E180" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F180" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>643</v>
+        <v>656</v>
       </c>
       <c r="H180" t="s">
-        <v>644</v>
+        <v>657</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>645</v>
+        <v>658</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>334</v>
+        <v>279</v>
       </c>
       <c r="D181" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E181" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F181" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>646</v>
+        <v>659</v>
       </c>
       <c r="H181" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>648</v>
+        <v>661</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>338</v>
+        <v>283</v>
       </c>
       <c r="D182" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E182" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F182" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>649</v>
+        <v>662</v>
       </c>
       <c r="H182" t="s">
-        <v>650</v>
+        <v>663</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>651</v>
+        <v>664</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>342</v>
+        <v>287</v>
       </c>
       <c r="D183" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E183" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F183" t="s">
         <v>66</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>652</v>
+        <v>665</v>
       </c>
       <c r="H183" t="s">
-        <v>653</v>
+        <v>666</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>346</v>
+        <v>291</v>
       </c>
       <c r="D184" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E184" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>522</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>655</v>
+        <v>27</v>
       </c>
       <c r="H184" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>350</v>
+        <v>295</v>
       </c>
       <c r="D185" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E185" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F185" t="s">
         <v>66</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
       <c r="H185" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>354</v>
+        <v>299</v>
       </c>
       <c r="D186" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E186" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F186" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="H186" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>358</v>
+        <v>303</v>
       </c>
       <c r="D187" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E187" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F187" t="s">
         <v>43</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="H187" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>362</v>
+        <v>307</v>
       </c>
       <c r="D188" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E188" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F188" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="H188" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>669</v>
+        <v>681</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>366</v>
+        <v>311</v>
       </c>
       <c r="D189" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E189" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F189" t="s">
-        <v>66</v>
+        <v>150</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>670</v>
+        <v>682</v>
       </c>
       <c r="H189" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>370</v>
+        <v>315</v>
       </c>
       <c r="D190" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E190" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F190" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="H190" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>374</v>
+        <v>319</v>
       </c>
       <c r="D191" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E191" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F191" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="H191" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>378</v>
+        <v>323</v>
       </c>
       <c r="D192" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E192" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F192" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="H192" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>382</v>
+        <v>326</v>
       </c>
       <c r="D193" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E193" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F193" t="s">
         <v>66</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="H193" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="D194" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E194" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F194" t="s">
         <v>66</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="H194" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>687</v>
+        <v>699</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>389</v>
+        <v>334</v>
       </c>
       <c r="D195" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E195" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F195" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="H195" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="D196" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E196" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F196" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
       <c r="H196" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>693</v>
+        <v>705</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>396</v>
+        <v>342</v>
       </c>
       <c r="D197" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E197" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F197" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>694</v>
+        <v>706</v>
       </c>
       <c r="H197" t="s">
-        <v>695</v>
+        <v>707</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>696</v>
+        <v>708</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>400</v>
+        <v>346</v>
       </c>
       <c r="D198" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E198" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F198" t="s">
         <v>66</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="H198" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>404</v>
+        <v>350</v>
       </c>
       <c r="D199" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E199" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F199" t="s">
         <v>66</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="H199" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>407</v>
+        <v>354</v>
       </c>
       <c r="D200" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E200" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F200" t="s">
         <v>43</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="H200" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>705</v>
+        <v>717</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>410</v>
+        <v>358</v>
       </c>
       <c r="D201" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E201" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F201" t="s">
         <v>43</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
       <c r="H201" t="s">
-        <v>707</v>
+        <v>719</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>414</v>
+        <v>362</v>
       </c>
       <c r="D202" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E202" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F202" t="s">
         <v>43</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="H202" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>418</v>
+        <v>366</v>
       </c>
       <c r="D203" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E203" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F203" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>712</v>
+        <v>724</v>
       </c>
       <c r="H203" t="s">
-        <v>713</v>
+        <v>725</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>714</v>
+        <v>726</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>421</v>
+        <v>370</v>
       </c>
       <c r="D204" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E204" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F204" t="s">
-        <v>144</v>
+        <v>115</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
       <c r="H204" t="s">
-        <v>716</v>
+        <v>728</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>717</v>
+        <v>729</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>425</v>
+        <v>374</v>
       </c>
       <c r="D205" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E205" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F205" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>718</v>
+        <v>730</v>
       </c>
       <c r="H205" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>429</v>
+        <v>378</v>
       </c>
       <c r="D206" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E206" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F206" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="H206" t="s">
-        <v>722</v>
+        <v>734</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>432</v>
+        <v>382</v>
       </c>
       <c r="D207" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E207" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F207" t="s">
         <v>66</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
       <c r="H207" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>435</v>
+        <v>385</v>
       </c>
       <c r="D208" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E208" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F208" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="H208" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>439</v>
+        <v>389</v>
       </c>
       <c r="D209" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E209" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F209" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="H209" t="s">
-        <v>731</v>
+        <v>743</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>443</v>
+        <v>393</v>
       </c>
       <c r="D210" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E210" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F210" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>733</v>
+        <v>745</v>
       </c>
       <c r="H210" t="s">
-        <v>734</v>
+        <v>746</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>447</v>
+        <v>396</v>
       </c>
       <c r="D211" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E211" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F211" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="H211" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>451</v>
+        <v>400</v>
       </c>
       <c r="D212" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E212" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F212" t="s">
         <v>66</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="H212" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>455</v>
+        <v>404</v>
       </c>
       <c r="D213" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E213" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F213" t="s">
         <v>66</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="H213" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>459</v>
+        <v>407</v>
       </c>
       <c r="D214" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E214" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F214" t="s">
         <v>43</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="H214" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>748</v>
+        <v>410</v>
       </c>
       <c r="D215" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E215" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F215" t="s">
         <v>43</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="H215" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>463</v>
+        <v>414</v>
       </c>
       <c r="D216" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E216" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F216" t="s">
         <v>43</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="H216" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>755</v>
+        <v>418</v>
       </c>
       <c r="D217" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E217" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F217" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="H217" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>759</v>
+        <v>421</v>
       </c>
       <c r="D218" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E218" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F218" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="H218" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>763</v>
+        <v>425</v>
       </c>
       <c r="D219" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E219" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F219" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="H219" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>767</v>
+        <v>429</v>
       </c>
       <c r="D220" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E220" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F220" t="s">
         <v>66</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="H220" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>771</v>
+        <v>432</v>
       </c>
       <c r="D221" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E221" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F221" t="s">
         <v>66</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="H221" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>775</v>
+        <v>435</v>
       </c>
       <c r="D222" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E222" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F222" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="H222" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>779</v>
+        <v>439</v>
       </c>
       <c r="D223" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E223" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F223" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="H223" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>783</v>
+        <v>443</v>
       </c>
       <c r="D224" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E224" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F224" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>27</v>
+        <v>787</v>
       </c>
       <c r="H224" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>786</v>
+        <v>447</v>
       </c>
       <c r="D225" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E225" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F225" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="H225" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>790</v>
+        <v>451</v>
       </c>
       <c r="D226" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E226" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F226" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="H226" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>794</v>
+        <v>455</v>
       </c>
       <c r="D227" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E227" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H227" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>798</v>
+        <v>459</v>
       </c>
       <c r="D228" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E228" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F228" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>799</v>
       </c>
       <c r="H228" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>801</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
+        <v>463</v>
+      </c>
+      <c r="D229" t="s">
+        <v>521</v>
+      </c>
+      <c r="E229" t="s">
+        <v>522</v>
+      </c>
+      <c r="F229" t="s">
+        <v>43</v>
+      </c>
+      <c r="G229" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="D229" t="s">
-[...8 lines deleted...]
-      <c r="G229" s="1" t="s">
+      <c r="H229" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
+        <v>804</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>467</v>
+      </c>
+      <c r="D230" t="s">
+        <v>521</v>
+      </c>
+      <c r="E230" t="s">
+        <v>522</v>
+      </c>
+      <c r="F230" t="s">
+        <v>43</v>
+      </c>
+      <c r="G230" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="B230" t="s">
-[...2 lines deleted...]
-      <c r="C230" t="s">
+      <c r="H230" t="s">
         <v>806</v>
-      </c>
-[...13 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>810</v>
+        <v>471</v>
       </c>
       <c r="D231" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E231" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F231" t="s">
         <v>66</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="H231" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>814</v>
+        <v>475</v>
       </c>
       <c r="D232" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E232" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F232" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="H232" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>818</v>
+        <v>479</v>
       </c>
       <c r="D233" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E233" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F233" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="H233" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>822</v>
+        <v>483</v>
       </c>
       <c r="D234" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E234" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F234" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="H234" t="s">
-        <v>824</v>
+        <v>818</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>826</v>
+        <v>487</v>
       </c>
       <c r="D235" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E235" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F235" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>827</v>
+        <v>820</v>
       </c>
       <c r="H235" t="s">
-        <v>828</v>
+        <v>821</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>830</v>
+        <v>490</v>
       </c>
       <c r="D236" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E236" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F236" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>831</v>
+        <v>823</v>
       </c>
       <c r="H236" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>834</v>
+        <v>494</v>
       </c>
       <c r="D237" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E237" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F237" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="H237" t="s">
-        <v>836</v>
+        <v>827</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>838</v>
+        <v>498</v>
       </c>
       <c r="D238" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E238" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F238" t="s">
         <v>43</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>839</v>
+        <v>27</v>
       </c>
       <c r="H238" t="s">
-        <v>840</v>
+        <v>829</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>842</v>
+        <v>501</v>
       </c>
       <c r="D239" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E239" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F239" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>843</v>
+        <v>831</v>
       </c>
       <c r="H239" t="s">
-        <v>844</v>
+        <v>832</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>845</v>
+        <v>833</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>846</v>
+        <v>834</v>
       </c>
       <c r="D240" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E240" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F240" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="H240" t="s">
-        <v>848</v>
+        <v>836</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>849</v>
+        <v>837</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>850</v>
+        <v>505</v>
       </c>
       <c r="D241" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E241" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F241" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>851</v>
+        <v>838</v>
       </c>
       <c r="H241" t="s">
-        <v>852</v>
+        <v>839</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>853</v>
+        <v>840</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>854</v>
+        <v>509</v>
       </c>
       <c r="D242" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E242" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F242" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>855</v>
+        <v>841</v>
       </c>
       <c r="H242" t="s">
-        <v>856</v>
+        <v>842</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>857</v>
+        <v>843</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>858</v>
+        <v>513</v>
       </c>
       <c r="D243" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E243" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F243" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="H243" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>861</v>
+        <v>846</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>862</v>
+        <v>517</v>
       </c>
       <c r="D244" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E244" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F244" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>863</v>
+        <v>847</v>
       </c>
       <c r="H244" t="s">
-        <v>864</v>
+        <v>848</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="D245" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E245" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F245" t="s">
         <v>66</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>867</v>
+        <v>851</v>
       </c>
       <c r="H245" t="s">
-        <v>868</v>
+        <v>852</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>869</v>
+        <v>853</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="D246" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E246" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F246" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
       <c r="H246" t="s">
-        <v>872</v>
+        <v>856</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>873</v>
+        <v>857</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="D247" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E247" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F247" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>875</v>
+        <v>859</v>
       </c>
       <c r="H247" t="s">
-        <v>876</v>
+        <v>860</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>877</v>
+        <v>861</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>878</v>
+        <v>862</v>
       </c>
       <c r="D248" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E248" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F248" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="H248" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="D249" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E249" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F249" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="H249" t="s">
-        <v>884</v>
+        <v>868</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>885</v>
+        <v>869</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="D250" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E250" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F250" t="s">
         <v>66</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>887</v>
+        <v>871</v>
       </c>
       <c r="H250" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="D251" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E251" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F251" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="H251" t="s">
-        <v>892</v>
+        <v>876</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>893</v>
+        <v>877</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>894</v>
+        <v>878</v>
       </c>
       <c r="D252" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E252" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F252" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>895</v>
+        <v>879</v>
       </c>
       <c r="H252" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>897</v>
+        <v>881</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>898</v>
+        <v>882</v>
       </c>
       <c r="D253" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="E253" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="F253" t="s">
         <v>66</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>899</v>
+        <v>883</v>
       </c>
       <c r="H253" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>901</v>
+        <v>885</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>10</v>
+        <v>886</v>
       </c>
       <c r="D254" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E254" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F254" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>904</v>
+        <v>887</v>
       </c>
       <c r="H254" t="s">
-        <v>905</v>
+        <v>888</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>906</v>
+        <v>889</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>17</v>
+        <v>890</v>
       </c>
       <c r="D255" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E255" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F255" t="s">
-        <v>56</v>
+        <v>115</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>907</v>
+        <v>891</v>
       </c>
       <c r="H255" t="s">
-        <v>908</v>
+        <v>892</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>909</v>
+        <v>893</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>22</v>
+        <v>894</v>
       </c>
       <c r="D256" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E256" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F256" t="s">
-        <v>56</v>
+        <v>115</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>910</v>
+        <v>895</v>
       </c>
       <c r="H256" t="s">
-        <v>911</v>
+        <v>896</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>912</v>
+        <v>897</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>26</v>
+        <v>898</v>
       </c>
       <c r="D257" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E257" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F257" t="s">
         <v>18</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>27</v>
+        <v>899</v>
       </c>
       <c r="H257" t="s">
-        <v>913</v>
+        <v>900</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>914</v>
+        <v>901</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>30</v>
+        <v>902</v>
       </c>
       <c r="D258" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E258" t="s">
+        <v>522</v>
+      </c>
+      <c r="F258" t="s">
+        <v>66</v>
+      </c>
+      <c r="G258" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F258" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H258" t="s">
-        <v>916</v>
+        <v>904</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>917</v>
+        <v>905</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>34</v>
+        <v>906</v>
       </c>
       <c r="D259" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E259" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F259" t="s">
         <v>66</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="H259" t="s">
-        <v>919</v>
+        <v>908</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>920</v>
+        <v>909</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>910</v>
       </c>
       <c r="D260" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E260" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F260" t="s">
         <v>66</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>27</v>
+        <v>911</v>
       </c>
       <c r="H260" t="s">
-        <v>921</v>
+        <v>912</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>922</v>
+        <v>913</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>42</v>
+        <v>914</v>
       </c>
       <c r="D261" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E261" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F261" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="H261" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>47</v>
+        <v>918</v>
       </c>
       <c r="D262" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E262" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="H262" t="s">
-        <v>927</v>
+        <v>920</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>51</v>
+        <v>922</v>
       </c>
       <c r="D263" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E263" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F263" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="H263" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>158</v>
+        <v>926</v>
       </c>
       <c r="D264" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E264" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F264" t="s">
-        <v>144</v>
+        <v>66</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="H264" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>55</v>
+        <v>930</v>
       </c>
       <c r="D265" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E265" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F265" t="s">
-        <v>144</v>
+        <v>43</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="H265" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>60</v>
+        <v>934</v>
       </c>
       <c r="D266" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E266" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F266" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="H266" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>937</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>938</v>
+      </c>
+      <c r="D267" t="s">
+        <v>521</v>
+      </c>
+      <c r="E267" t="s">
+        <v>522</v>
+      </c>
+      <c r="F267" t="s">
+        <v>66</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="H267" t="s">
         <v>940</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>941</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>942</v>
+      </c>
+      <c r="D268" t="s">
+        <v>521</v>
+      </c>
+      <c r="E268" t="s">
+        <v>522</v>
+      </c>
+      <c r="F268" t="s">
+        <v>66</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="B268" t="s">
-[...14 lines deleted...]
-      <c r="G268" s="1" t="s">
+      <c r="H268" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>945</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
         <v>946</v>
       </c>
-      <c r="B269" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D269" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E269" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F269" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>947</v>
       </c>
       <c r="H269" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>949</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>78</v>
+        <v>950</v>
       </c>
       <c r="D270" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E270" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H270" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>82</v>
+        <v>954</v>
       </c>
       <c r="D271" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E271" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F271" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="H271" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>86</v>
+        <v>958</v>
       </c>
       <c r="D272" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E272" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F272" t="s">
-        <v>523</v>
+        <v>144</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="H272" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>90</v>
+        <v>962</v>
       </c>
       <c r="D273" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E273" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F273" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>27</v>
+        <v>963</v>
       </c>
       <c r="H273" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>94</v>
+        <v>966</v>
       </c>
       <c r="D274" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E274" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F274" t="s">
         <v>66</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="H274" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>98</v>
+        <v>970</v>
       </c>
       <c r="D275" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E275" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F275" t="s">
         <v>66</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="H275" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>102</v>
+        <v>974</v>
       </c>
       <c r="D276" t="s">
-        <v>902</v>
+        <v>521</v>
       </c>
       <c r="E276" t="s">
-        <v>903</v>
+        <v>522</v>
       </c>
       <c r="F276" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="H276" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>106</v>
+        <v>10</v>
       </c>
       <c r="D277" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E277" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="H277" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="D278" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E278" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F278" t="s">
         <v>56</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
       <c r="H278" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="D279" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E279" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F279" t="s">
-        <v>144</v>
+        <v>56</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="H279" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>988</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>26</v>
+      </c>
+      <c r="D280" t="s">
         <v>978</v>
       </c>
-      <c r="B280" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E280" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F280" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H280" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>207</v>
+        <v>30</v>
       </c>
       <c r="D281" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E281" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F281" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="H281" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>211</v>
+        <v>34</v>
       </c>
       <c r="D282" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E282" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F282" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="H282" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>215</v>
+        <v>38</v>
       </c>
       <c r="D283" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E283" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F283" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>987</v>
+        <v>27</v>
       </c>
       <c r="H283" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>219</v>
+        <v>42</v>
       </c>
       <c r="D284" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E284" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F284" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>990</v>
+        <v>999</v>
       </c>
       <c r="H284" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>223</v>
+        <v>47</v>
       </c>
       <c r="D285" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E285" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F285" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="H285" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>227</v>
+        <v>51</v>
       </c>
       <c r="D286" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E286" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F286" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="H286" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>231</v>
+        <v>158</v>
       </c>
       <c r="D287" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E287" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F287" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="H287" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>235</v>
+        <v>55</v>
       </c>
       <c r="D288" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E288" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F288" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="H288" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>239</v>
+        <v>60</v>
       </c>
       <c r="D289" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E289" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F289" t="s">
         <v>43</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="H289" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="D290" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E290" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F290" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="H290" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>247</v>
+        <v>70</v>
       </c>
       <c r="D291" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E291" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F291" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="H291" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>251</v>
+        <v>74</v>
       </c>
       <c r="D292" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E292" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F292" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="H292" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>255</v>
+        <v>78</v>
       </c>
       <c r="D293" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E293" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F293" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="H293" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>259</v>
+        <v>82</v>
       </c>
       <c r="D294" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E294" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F294" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="H294" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>263</v>
+        <v>86</v>
       </c>
       <c r="D295" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E295" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F295" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="H295" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>267</v>
+        <v>90</v>
       </c>
       <c r="D296" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E296" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F296" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1026</v>
+        <v>27</v>
       </c>
       <c r="H296" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>271</v>
+        <v>94</v>
       </c>
       <c r="D297" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E297" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F297" t="s">
         <v>66</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="H297" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="D298" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E298" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F298" t="s">
         <v>66</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="H298" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>279</v>
+        <v>102</v>
       </c>
       <c r="D299" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E299" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F299" t="s">
         <v>66</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="H299" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>283</v>
+        <v>106</v>
       </c>
       <c r="D300" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E300" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F300" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="H300" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>287</v>
+        <v>110</v>
       </c>
       <c r="D301" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E301" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F301" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="H301" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>291</v>
+        <v>114</v>
       </c>
       <c r="D302" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E302" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F302" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="H302" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>295</v>
+        <v>119</v>
       </c>
       <c r="D303" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E303" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F303" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1047</v>
+        <v>27</v>
       </c>
       <c r="H303" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>299</v>
+        <v>207</v>
       </c>
       <c r="D304" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E304" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F304" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="H304" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>303</v>
+        <v>211</v>
       </c>
       <c r="D305" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E305" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F305" t="s">
-        <v>523</v>
+        <v>56</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="H305" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>307</v>
+        <v>215</v>
       </c>
       <c r="D306" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E306" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F306" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="H306" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>311</v>
+        <v>219</v>
       </c>
       <c r="D307" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E307" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F307" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="H307" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>315</v>
+        <v>223</v>
       </c>
       <c r="D308" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E308" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F308" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="H308" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>319</v>
+        <v>227</v>
       </c>
       <c r="D309" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E309" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F309" t="s">
         <v>66</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="H309" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>323</v>
+        <v>231</v>
       </c>
       <c r="D310" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E310" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F310" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="H310" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>326</v>
+        <v>235</v>
       </c>
       <c r="D311" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E311" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F311" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="H311" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>330</v>
+        <v>239</v>
       </c>
       <c r="D312" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E312" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F312" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="H312" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>334</v>
+        <v>243</v>
       </c>
       <c r="D313" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E313" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F313" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>27</v>
+        <v>1084</v>
       </c>
       <c r="H313" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>338</v>
+        <v>247</v>
       </c>
       <c r="D314" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E314" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F314" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="H314" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="D315" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E315" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F315" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="H315" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="D316" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E316" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F316" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
       <c r="H316" t="s">
-        <v>1086</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1087</v>
+        <v>1095</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>350</v>
+        <v>259</v>
       </c>
       <c r="D317" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E317" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F317" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="H317" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>354</v>
+        <v>263</v>
       </c>
       <c r="D318" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E318" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F318" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c r="H318" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>358</v>
+        <v>267</v>
       </c>
       <c r="D319" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E319" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F319" t="s">
-        <v>144</v>
+        <v>66</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>27</v>
+        <v>1102</v>
       </c>
       <c r="H319" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>362</v>
+        <v>271</v>
       </c>
       <c r="D320" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E320" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F320" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="H320" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>366</v>
+        <v>275</v>
       </c>
       <c r="D321" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E321" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F321" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="H321" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>370</v>
+        <v>279</v>
       </c>
       <c r="D322" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E322" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F322" t="s">
         <v>66</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
       <c r="H322" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>374</v>
+        <v>283</v>
       </c>
       <c r="D323" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E323" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F323" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="H323" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>378</v>
+        <v>287</v>
       </c>
       <c r="D324" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E324" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F324" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="H324" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1110</v>
+        <v>1119</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>382</v>
+        <v>291</v>
       </c>
       <c r="D325" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E325" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F325" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="H325" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1113</v>
+        <v>1122</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>385</v>
+        <v>295</v>
       </c>
       <c r="D326" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E326" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F326" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1114</v>
+        <v>1123</v>
       </c>
       <c r="H326" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>389</v>
+        <v>299</v>
       </c>
       <c r="D327" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E327" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F327" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1117</v>
+        <v>1126</v>
       </c>
       <c r="H327" t="s">
-        <v>1118</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>393</v>
+        <v>303</v>
       </c>
       <c r="D328" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E328" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F328" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="H328" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>396</v>
+        <v>307</v>
       </c>
       <c r="D329" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E329" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F329" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="H329" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>400</v>
+        <v>311</v>
       </c>
       <c r="D330" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E330" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F330" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="H330" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>404</v>
+        <v>315</v>
       </c>
       <c r="D331" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E331" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F331" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="H331" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>407</v>
+        <v>319</v>
       </c>
       <c r="D332" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E332" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F332" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1132</v>
+        <v>1141</v>
       </c>
       <c r="H332" t="s">
-        <v>1133</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>410</v>
+        <v>323</v>
       </c>
       <c r="D333" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E333" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F333" t="s">
         <v>115</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="H333" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>414</v>
+        <v>326</v>
       </c>
       <c r="D334" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E334" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F334" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="H334" t="s">
-        <v>1139</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>418</v>
+        <v>330</v>
       </c>
       <c r="D335" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E335" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F335" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="H335" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>421</v>
+        <v>334</v>
       </c>
       <c r="D336" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E336" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F336" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1144</v>
+        <v>27</v>
       </c>
       <c r="H336" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>425</v>
+        <v>338</v>
       </c>
       <c r="D337" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E337" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F337" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="H337" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>429</v>
+        <v>342</v>
       </c>
       <c r="D338" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E338" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F338" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="H338" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>432</v>
+        <v>346</v>
       </c>
       <c r="D339" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E339" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F339" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="H339" t="s">
-        <v>1154</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>435</v>
+        <v>350</v>
       </c>
       <c r="D340" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E340" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F340" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
       <c r="H340" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>439</v>
+        <v>354</v>
       </c>
       <c r="D341" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E341" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F341" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="H341" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>443</v>
+        <v>358</v>
       </c>
       <c r="D342" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E342" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F342" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1162</v>
+        <v>27</v>
       </c>
       <c r="H342" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>447</v>
+        <v>362</v>
       </c>
       <c r="D343" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E343" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F343" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="H343" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>451</v>
+        <v>366</v>
       </c>
       <c r="D344" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E344" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F344" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="H344" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>455</v>
+        <v>370</v>
       </c>
       <c r="D345" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E345" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="H345" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>459</v>
+        <v>374</v>
       </c>
       <c r="D346" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E346" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F346" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="H346" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>748</v>
+        <v>378</v>
       </c>
       <c r="D347" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E347" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F347" t="s">
-        <v>144</v>
+        <v>577</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="H347" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>463</v>
+        <v>382</v>
       </c>
       <c r="D348" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E348" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F348" t="s">
-        <v>18</v>
+        <v>577</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
       <c r="H348" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>755</v>
+        <v>385</v>
       </c>
       <c r="D349" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E349" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F349" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="H349" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>759</v>
+        <v>389</v>
       </c>
       <c r="D350" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E350" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F350" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="H350" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>763</v>
+        <v>393</v>
       </c>
       <c r="D351" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E351" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F351" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="H351" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>767</v>
+        <v>396</v>
       </c>
       <c r="D352" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E352" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F352" t="s">
         <v>18</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="H352" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>771</v>
+        <v>400</v>
       </c>
       <c r="D353" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E353" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F353" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="H353" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>775</v>
+        <v>404</v>
       </c>
       <c r="D354" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E354" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F354" t="s">
         <v>115</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="H354" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>779</v>
+        <v>407</v>
       </c>
       <c r="D355" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E355" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F355" t="s">
         <v>115</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="H355" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>783</v>
+        <v>410</v>
       </c>
       <c r="D356" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E356" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F356" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="H356" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>786</v>
+        <v>414</v>
       </c>
       <c r="D357" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E357" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F357" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="H357" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>790</v>
+        <v>418</v>
       </c>
       <c r="D358" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E358" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F358" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="H358" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>794</v>
+        <v>421</v>
       </c>
       <c r="D359" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E359" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F359" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="H359" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>798</v>
+        <v>425</v>
       </c>
       <c r="D360" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E360" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F360" t="s">
-        <v>66</v>
+        <v>577</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="H360" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>802</v>
+        <v>429</v>
       </c>
       <c r="D361" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E361" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="H361" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>806</v>
+        <v>432</v>
       </c>
       <c r="D362" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E362" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F362" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="H362" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>810</v>
+        <v>435</v>
       </c>
       <c r="D363" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E363" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F363" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="H363" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>814</v>
+        <v>439</v>
       </c>
       <c r="D364" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E364" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F364" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="H364" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>818</v>
+        <v>443</v>
       </c>
       <c r="D365" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E365" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F365" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="H365" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>822</v>
+        <v>447</v>
       </c>
       <c r="D366" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E366" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F366" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="H366" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>826</v>
+        <v>451</v>
       </c>
       <c r="D367" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E367" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F367" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="H367" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>830</v>
+        <v>455</v>
       </c>
       <c r="D368" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E368" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F368" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="H368" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>834</v>
+        <v>459</v>
       </c>
       <c r="D369" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E369" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F369" t="s">
-        <v>66</v>
+        <v>144</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="H369" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>838</v>
+        <v>463</v>
       </c>
       <c r="D370" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E370" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="H370" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1249</v>
+        <v>467</v>
       </c>
       <c r="D371" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E371" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F371" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="H371" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>842</v>
+        <v>471</v>
       </c>
       <c r="D372" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E372" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F372" t="s">
         <v>66</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="H372" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>846</v>
+        <v>475</v>
       </c>
       <c r="D373" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E373" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F373" t="s">
-        <v>18</v>
+        <v>577</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="H373" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>850</v>
+        <v>479</v>
       </c>
       <c r="D374" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E374" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F374" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="H374" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>854</v>
+        <v>483</v>
       </c>
       <c r="D375" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E375" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F375" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="H375" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>858</v>
+        <v>487</v>
       </c>
       <c r="D376" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E376" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F376" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="H376" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>862</v>
+        <v>490</v>
       </c>
       <c r="D377" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E377" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F377" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="H377" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>866</v>
+        <v>494</v>
       </c>
       <c r="D378" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E378" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F378" t="s">
         <v>115</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="H378" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>870</v>
+        <v>498</v>
       </c>
       <c r="D379" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E379" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F379" t="s">
-        <v>523</v>
+        <v>43</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="H379" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>874</v>
+        <v>501</v>
       </c>
       <c r="D380" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E380" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F380" t="s">
-        <v>523</v>
+        <v>577</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="H380" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>878</v>
+        <v>834</v>
       </c>
       <c r="D381" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E381" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F381" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="H381" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>882</v>
+        <v>505</v>
       </c>
       <c r="D382" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E382" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F382" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="H382" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>886</v>
+        <v>509</v>
       </c>
       <c r="D383" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E383" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F383" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="H383" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>890</v>
+        <v>513</v>
       </c>
       <c r="D384" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E384" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F384" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="H384" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>894</v>
+        <v>517</v>
       </c>
       <c r="D385" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E385" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F385" t="s">
-        <v>66</v>
+        <v>144</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="H385" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>898</v>
+        <v>850</v>
       </c>
       <c r="D386" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E386" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F386" t="s">
-        <v>523</v>
+        <v>56</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="H386" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1298</v>
+        <v>854</v>
       </c>
       <c r="D387" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E387" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F387" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="H387" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1302</v>
+        <v>858</v>
       </c>
       <c r="D388" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E388" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F388" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="H388" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1306</v>
+        <v>862</v>
       </c>
       <c r="D389" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E389" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F389" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="H389" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1310</v>
+        <v>866</v>
       </c>
       <c r="D390" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E390" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F390" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="H390" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1314</v>
+        <v>870</v>
       </c>
       <c r="D391" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E391" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F391" t="s">
-        <v>523</v>
+        <v>144</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H391" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1318</v>
+        <v>874</v>
       </c>
       <c r="D392" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E392" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F392" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="H392" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1321</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
+        <v>878</v>
+      </c>
+      <c r="D393" t="s">
+        <v>978</v>
+      </c>
+      <c r="E393" t="s">
+        <v>979</v>
+      </c>
+      <c r="F393" t="s">
+        <v>13</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="D393" t="s">
-[...8 lines deleted...]
-      <c r="G393" s="1" t="s">
+      <c r="H393" t="s">
         <v>1323</v>
-      </c>
-[...1 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
         <v>1325</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>978</v>
+      </c>
+      <c r="E394" t="s">
+        <v>979</v>
+      </c>
+      <c r="F394" t="s">
+        <v>56</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="D394" t="s">
-[...8 lines deleted...]
-      <c r="G394" s="1" t="s">
+      <c r="H394" t="s">
         <v>1327</v>
-      </c>
-[...1 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>882</v>
+      </c>
+      <c r="D395" t="s">
+        <v>978</v>
+      </c>
+      <c r="E395" t="s">
+        <v>979</v>
+      </c>
+      <c r="F395" t="s">
+        <v>66</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="H395" t="s">
         <v>1330</v>
-      </c>
-[...13 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>886</v>
+      </c>
+      <c r="D396" t="s">
+        <v>978</v>
+      </c>
+      <c r="E396" t="s">
+        <v>979</v>
+      </c>
+      <c r="F396" t="s">
+        <v>18</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H396" t="s">
         <v>1333</v>
-      </c>
-[...19 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1338</v>
+        <v>890</v>
       </c>
       <c r="D397" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E397" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F397" t="s">
-        <v>523</v>
+        <v>18</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="H397" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1342</v>
+        <v>894</v>
       </c>
       <c r="D398" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E398" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F398" t="s">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="H398" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1346</v>
+        <v>898</v>
       </c>
       <c r="D399" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E399" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F399" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="H399" t="s">
-        <v>1348</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1349</v>
+        <v>1343</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1350</v>
+        <v>902</v>
       </c>
       <c r="D400" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E400" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F400" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="H400" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1354</v>
+        <v>906</v>
       </c>
       <c r="D401" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E401" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F401" t="s">
-        <v>523</v>
+        <v>115</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1355</v>
+        <v>1347</v>
       </c>
       <c r="H401" t="s">
-        <v>1356</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1357</v>
+        <v>1349</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1358</v>
+        <v>910</v>
       </c>
       <c r="D402" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E402" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F402" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1359</v>
+        <v>1350</v>
       </c>
       <c r="H402" t="s">
-        <v>1360</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1361</v>
+        <v>1352</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1362</v>
+        <v>914</v>
       </c>
       <c r="D403" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E403" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F403" t="s">
-        <v>18</v>
+        <v>577</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1363</v>
+        <v>1353</v>
       </c>
       <c r="H403" t="s">
-        <v>1364</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1365</v>
+        <v>1355</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1366</v>
+        <v>918</v>
       </c>
       <c r="D404" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E404" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F404" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1367</v>
+        <v>1356</v>
       </c>
       <c r="H404" t="s">
-        <v>1368</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1369</v>
+        <v>1358</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1370</v>
+        <v>922</v>
       </c>
       <c r="D405" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E405" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F405" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1371</v>
+        <v>1359</v>
       </c>
       <c r="H405" t="s">
-        <v>1372</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1373</v>
+        <v>1361</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1374</v>
+        <v>926</v>
       </c>
       <c r="D406" t="s">
-        <v>902</v>
+        <v>978</v>
       </c>
       <c r="E406" t="s">
-        <v>903</v>
+        <v>979</v>
       </c>
       <c r="F406" t="s">
-        <v>523</v>
+        <v>577</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1375</v>
+        <v>1362</v>
       </c>
       <c r="H406" t="s">
-        <v>1376</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1377</v>
+        <v>1364</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>10</v>
+        <v>930</v>
       </c>
       <c r="D407" t="s">
-        <v>1378</v>
+        <v>978</v>
       </c>
       <c r="E407" t="s">
-        <v>1379</v>
+        <v>979</v>
       </c>
       <c r="F407" t="s">
-        <v>150</v>
+        <v>577</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1380</v>
+        <v>1365</v>
       </c>
       <c r="H407" t="s">
-        <v>1381</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1382</v>
+        <v>1367</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>17</v>
+        <v>934</v>
       </c>
       <c r="D408" t="s">
-        <v>1378</v>
+        <v>978</v>
       </c>
       <c r="E408" t="s">
-        <v>1379</v>
+        <v>979</v>
       </c>
       <c r="F408" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1383</v>
+        <v>1368</v>
       </c>
       <c r="H408" t="s">
-        <v>1384</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1385</v>
+        <v>1370</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>22</v>
+        <v>938</v>
       </c>
       <c r="D409" t="s">
-        <v>1378</v>
+        <v>978</v>
       </c>
       <c r="E409" t="s">
-        <v>1379</v>
+        <v>979</v>
       </c>
       <c r="F409" t="s">
-        <v>150</v>
+        <v>577</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1386</v>
+        <v>1371</v>
       </c>
       <c r="H409" t="s">
-        <v>1387</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1388</v>
+        <v>1373</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>10</v>
+        <v>942</v>
       </c>
       <c r="D410" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E410" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F410" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1391</v>
+        <v>1374</v>
       </c>
       <c r="H410" t="s">
-        <v>1392</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1393</v>
+        <v>1376</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>17</v>
+        <v>946</v>
       </c>
       <c r="D411" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E411" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F411" t="s">
         <v>115</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="H411" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1396</v>
+        <v>1379</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>22</v>
+        <v>950</v>
       </c>
       <c r="D412" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E412" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F412" t="s">
-        <v>56</v>
+        <v>115</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1397</v>
+        <v>1380</v>
       </c>
       <c r="H412" t="s">
-        <v>1398</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1399</v>
+        <v>1382</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>26</v>
+        <v>954</v>
       </c>
       <c r="D413" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E413" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F413" t="s">
-        <v>144</v>
+        <v>43</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1400</v>
+        <v>1383</v>
       </c>
       <c r="H413" t="s">
-        <v>1401</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1402</v>
+        <v>1385</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>30</v>
+        <v>958</v>
       </c>
       <c r="D414" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E414" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F414" t="s">
-        <v>13</v>
+        <v>577</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1403</v>
+        <v>1386</v>
       </c>
       <c r="H414" t="s">
-        <v>1404</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1405</v>
+        <v>1388</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>34</v>
+        <v>962</v>
       </c>
       <c r="D415" t="s">
+        <v>978</v>
+      </c>
+      <c r="E415" t="s">
+        <v>979</v>
+      </c>
+      <c r="F415" t="s">
+        <v>56</v>
+      </c>
+      <c r="G415" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="E415" t="s">
+      <c r="H415" t="s">
         <v>1390</v>
-      </c>
-[...7 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1408</v>
+        <v>1391</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>38</v>
+        <v>966</v>
       </c>
       <c r="D416" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E416" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F416" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1409</v>
+        <v>1392</v>
       </c>
       <c r="H416" t="s">
-        <v>1410</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1411</v>
+        <v>1394</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>42</v>
+        <v>970</v>
       </c>
       <c r="D417" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E417" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F417" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1412</v>
+        <v>1395</v>
       </c>
       <c r="H417" t="s">
-        <v>1413</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1414</v>
+        <v>1397</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>47</v>
+        <v>974</v>
       </c>
       <c r="D418" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E418" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F418" t="s">
-        <v>18</v>
+        <v>577</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1415</v>
+        <v>1398</v>
       </c>
       <c r="H418" t="s">
-        <v>1416</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1417</v>
+        <v>1400</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>51</v>
+        <v>1401</v>
       </c>
       <c r="D419" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E419" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F419" t="s">
-        <v>144</v>
+        <v>66</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1418</v>
+        <v>1402</v>
       </c>
       <c r="H419" t="s">
-        <v>1419</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1420</v>
+        <v>1404</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>158</v>
+        <v>1405</v>
       </c>
       <c r="D420" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E420" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F420" t="s">
-        <v>18</v>
+        <v>577</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1421</v>
+        <v>1406</v>
       </c>
       <c r="H420" t="s">
-        <v>1422</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1423</v>
+        <v>1408</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>55</v>
+        <v>1409</v>
       </c>
       <c r="D421" t="s">
-        <v>1389</v>
+        <v>978</v>
       </c>
       <c r="E421" t="s">
-        <v>1390</v>
+        <v>979</v>
       </c>
       <c r="F421" t="s">
-        <v>115</v>
+        <v>577</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1424</v>
+        <v>1410</v>
       </c>
       <c r="H421" t="s">
-        <v>1425</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1426</v>
+        <v>1412</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>17</v>
+        <v>1413</v>
       </c>
       <c r="D422" t="s">
-        <v>1427</v>
+        <v>978</v>
       </c>
       <c r="E422" t="s">
-        <v>1428</v>
+        <v>979</v>
       </c>
       <c r="F422" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1429</v>
+        <v>1414</v>
       </c>
       <c r="H422" t="s">
-        <v>1430</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1431</v>
+        <v>1416</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>22</v>
+        <v>1417</v>
       </c>
       <c r="D423" t="s">
-        <v>1427</v>
+        <v>978</v>
       </c>
       <c r="E423" t="s">
-        <v>1428</v>
+        <v>979</v>
       </c>
       <c r="F423" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1432</v>
+        <v>1418</v>
       </c>
       <c r="H423" t="s">
-        <v>1433</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1434</v>
+        <v>1420</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>10</v>
+        <v>1421</v>
       </c>
       <c r="D424" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E424" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F424" t="s">
-        <v>13</v>
+        <v>577</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1437</v>
+        <v>1422</v>
       </c>
       <c r="H424" t="s">
-        <v>1438</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1439</v>
+        <v>1424</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>17</v>
+        <v>1425</v>
       </c>
       <c r="D425" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E425" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F425" t="s">
         <v>115</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1440</v>
+        <v>1426</v>
       </c>
       <c r="H425" t="s">
-        <v>1441</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1442</v>
+        <v>1428</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>22</v>
+        <v>1429</v>
       </c>
       <c r="D426" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E426" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F426" t="s">
-        <v>150</v>
+        <v>18</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>27</v>
+        <v>1430</v>
       </c>
       <c r="H426" t="s">
-        <v>1443</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1444</v>
+        <v>1432</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>26</v>
+        <v>1433</v>
       </c>
       <c r="D427" t="s">
+        <v>978</v>
+      </c>
+      <c r="E427" t="s">
+        <v>979</v>
+      </c>
+      <c r="F427" t="s">
+        <v>43</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H427" t="s">
         <v>1435</v>
-      </c>
-[...10 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1447</v>
+        <v>1436</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>30</v>
+        <v>1437</v>
       </c>
       <c r="D428" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E428" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F428" t="s">
         <v>115</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1448</v>
+        <v>1438</v>
       </c>
       <c r="H428" t="s">
-        <v>1449</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1450</v>
+        <v>1440</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>34</v>
+        <v>1441</v>
       </c>
       <c r="D429" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E429" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F429" t="s">
-        <v>13</v>
+        <v>577</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1451</v>
+        <v>1442</v>
       </c>
       <c r="H429" t="s">
-        <v>1452</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1453</v>
+        <v>1444</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>38</v>
+        <v>1445</v>
       </c>
       <c r="D430" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E430" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F430" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1454</v>
+        <v>1446</v>
       </c>
       <c r="H430" t="s">
-        <v>1455</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1456</v>
+        <v>1448</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>42</v>
+        <v>1449</v>
       </c>
       <c r="D431" t="s">
-        <v>1435</v>
+        <v>978</v>
       </c>
       <c r="E431" t="s">
-        <v>1436</v>
+        <v>979</v>
       </c>
       <c r="F431" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1457</v>
+        <v>1450</v>
       </c>
       <c r="H431" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1459</v>
+        <v>1452</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>10</v>
+        <v>1453</v>
       </c>
       <c r="D432" t="s">
-        <v>1460</v>
+        <v>978</v>
       </c>
       <c r="E432" t="s">
-        <v>1461</v>
+        <v>979</v>
       </c>
       <c r="F432" t="s">
-        <v>154</v>
+        <v>577</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1462</v>
+        <v>1454</v>
       </c>
       <c r="H432" t="s">
-        <v>1463</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1464</v>
+        <v>1456</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>17</v>
+        <v>1457</v>
       </c>
       <c r="D433" t="s">
-        <v>1460</v>
+        <v>978</v>
       </c>
       <c r="E433" t="s">
-        <v>1461</v>
+        <v>979</v>
       </c>
       <c r="F433" t="s">
-        <v>154</v>
+        <v>43</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
       <c r="H433" t="s">
-        <v>1466</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1467</v>
+        <v>1460</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>22</v>
+        <v>1461</v>
       </c>
       <c r="D434" t="s">
-        <v>1460</v>
+        <v>978</v>
       </c>
       <c r="E434" t="s">
-        <v>1461</v>
+        <v>979</v>
       </c>
       <c r="F434" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="H434" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>26</v>
+        <v>1465</v>
       </c>
       <c r="D435" t="s">
-        <v>1460</v>
+        <v>978</v>
       </c>
       <c r="E435" t="s">
-        <v>1461</v>
+        <v>979</v>
       </c>
       <c r="F435" t="s">
-        <v>125</v>
+        <v>56</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
       <c r="H435" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>10</v>
+        <v>1469</v>
       </c>
       <c r="D436" t="s">
-        <v>1474</v>
+        <v>978</v>
       </c>
       <c r="E436" t="s">
-        <v>1475</v>
+        <v>979</v>
       </c>
       <c r="F436" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="H436" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>10</v>
+        <v>1473</v>
       </c>
       <c r="D437" t="s">
-        <v>1479</v>
+        <v>978</v>
       </c>
       <c r="E437" t="s">
-        <v>1480</v>
+        <v>979</v>
       </c>
       <c r="F437" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1481</v>
+        <v>1474</v>
       </c>
       <c r="H437" t="s">
-        <v>1482</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1483</v>
+        <v>1476</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>10</v>
+        <v>1477</v>
       </c>
       <c r="D438" t="s">
-        <v>1484</v>
+        <v>978</v>
       </c>
       <c r="E438" t="s">
-        <v>1485</v>
+        <v>979</v>
       </c>
       <c r="F438" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1486</v>
+        <v>1478</v>
       </c>
       <c r="H438" t="s">
-        <v>1487</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D439" t="s">
+        <v>978</v>
+      </c>
+      <c r="E439" t="s">
+        <v>979</v>
+      </c>
+      <c r="F439" t="s">
+        <v>66</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D440" t="s">
+        <v>978</v>
+      </c>
+      <c r="E440" t="s">
+        <v>979</v>
+      </c>
+      <c r="F440" t="s">
+        <v>66</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
         <v>1488</v>
       </c>
-      <c r="B439" t="s">
-[...2 lines deleted...]
-      <c r="C439" t="s">
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D441" t="s">
+        <v>978</v>
+      </c>
+      <c r="E441" t="s">
+        <v>979</v>
+      </c>
+      <c r="F441" t="s">
+        <v>43</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D442" t="s">
+        <v>978</v>
+      </c>
+      <c r="E442" t="s">
+        <v>979</v>
+      </c>
+      <c r="F442" t="s">
+        <v>43</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D443" t="s">
+        <v>978</v>
+      </c>
+      <c r="E443" t="s">
+        <v>979</v>
+      </c>
+      <c r="F443" t="s">
+        <v>144</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D444" t="s">
+        <v>978</v>
+      </c>
+      <c r="E444" t="s">
+        <v>979</v>
+      </c>
+      <c r="F444" t="s">
+        <v>144</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D445" t="s">
+        <v>978</v>
+      </c>
+      <c r="E445" t="s">
+        <v>979</v>
+      </c>
+      <c r="F445" t="s">
+        <v>43</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
         <v>10</v>
       </c>
-      <c r="D439" t="s">
-[...5 lines deleted...]
-      <c r="F439" t="s">
+      <c r="D446" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F446" t="s">
+        <v>150</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>17</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F447" t="s">
+        <v>13</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>22</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F448" t="s">
+        <v>150</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>26</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F449" t="s">
+        <v>150</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>10</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F450" t="s">
         <v>18</v>
       </c>
-      <c r="G439" s="1" t="s">
-[...3 lines deleted...]
-        <v>1492</v>
+      <c r="G450" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>17</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F451" t="s">
+        <v>115</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>22</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F452" t="s">
+        <v>56</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>26</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F453" t="s">
+        <v>144</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>30</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F454" t="s">
+        <v>13</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>34</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F455" t="s">
+        <v>144</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>38</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F456" t="s">
+        <v>56</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>42</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F457" t="s">
+        <v>56</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>47</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F458" t="s">
+        <v>18</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>51</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F459" t="s">
+        <v>144</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>158</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F460" t="s">
+        <v>18</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>55</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F461" t="s">
+        <v>115</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>17</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F462" t="s">
+        <v>18</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>22</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F463" t="s">
+        <v>18</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>10</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F464" t="s">
+        <v>13</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>17</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F465" t="s">
+        <v>115</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>22</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F466" t="s">
+        <v>150</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>26</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F467" t="s">
+        <v>61</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>30</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F468" t="s">
+        <v>115</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>34</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>38</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F470" t="s">
+        <v>13</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>42</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F471" t="s">
+        <v>43</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>47</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F472" t="s">
+        <v>150</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>51</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F473" t="s">
+        <v>115</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>10</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F474" t="s">
+        <v>154</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>17</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F475" t="s">
+        <v>154</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>22</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F476" t="s">
+        <v>125</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>26</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F477" t="s">
+        <v>125</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>10</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F478" t="s">
+        <v>125</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>10</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F479" t="s">
+        <v>150</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>17</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F480" t="s">
+        <v>125</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>10</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F481" t="s">
+        <v>125</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>10</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F482" t="s">
+        <v>18</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>17</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F483" t="s">
+        <v>144</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1638</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16759,50 +18352,94 @@
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>